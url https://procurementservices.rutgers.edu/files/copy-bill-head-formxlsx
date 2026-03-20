--- v0 (2026-01-17)
+++ v1 (2026-03-20)
@@ -1,233 +1,249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29816"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pap187\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lma157\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1F88B643-F916-499B-BA4A-59F5FB6DCD98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12330"/>
+    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D50" i="1" l="1"/>
   <c r="D51" i="1"/>
   <c r="D52" i="1"/>
   <c r="D53" i="1"/>
   <c r="D49" i="1"/>
   <c r="D54" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
   <si>
     <t>Bill Head Form</t>
   </si>
   <si>
+    <t>This form is required for human subject payments only, for check payment to the PI. Follow the instructions on Non-PO Uploads (https://procurementservices.rutgers.edu/non-po-upload-request) and upload this completed form to Sharepoint along with all other required documentation for your requisition.</t>
+  </si>
+  <si>
     <t>Employee ID Number</t>
   </si>
   <si>
+    <t>Amount of Request</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAY TO: </t>
+  </si>
+  <si>
+    <t>Full Name:</t>
+  </si>
+  <si>
+    <t>Address:</t>
+  </si>
+  <si>
+    <t>Street Address</t>
+  </si>
+  <si>
     <t>Unit/ Room#</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
+    <t>Zip Code</t>
+  </si>
+  <si>
     <t>EXPLAIN IN DETAIL REASONS FOR THIS REQUEST</t>
-  </si>
-[...55 lines deleted...]
-    <t>Street Address</t>
   </si>
   <si>
     <t>ACCOUNTING INFORMATION</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Complete EITHER Project String </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>or</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> GL String</t>
     </r>
   </si>
   <si>
+    <t>PROJECT STRING INFORMATION</t>
+  </si>
+  <si>
+    <t>Project ID:</t>
+  </si>
+  <si>
+    <t>Location:</t>
+  </si>
+  <si>
+    <t>Task:</t>
+  </si>
+  <si>
+    <t>Fund Type:</t>
+  </si>
+  <si>
+    <t>Expenditure Type:</t>
+  </si>
+  <si>
+    <t>Business Line:</t>
+  </si>
+  <si>
+    <t>Expenditure Org:</t>
+  </si>
+  <si>
+    <t>Activity:</t>
+  </si>
+  <si>
+    <t>RU Initiative:</t>
+  </si>
+  <si>
     <t>GL STRING INFORMATION</t>
   </si>
   <si>
     <t>Unit:</t>
   </si>
   <si>
-    <t>Fund Type:</t>
-[...1 lines deleted...]
-  <si>
     <t>Division:</t>
   </si>
   <si>
     <t>Organization:</t>
   </si>
   <si>
     <t>Natural Account:</t>
   </si>
   <si>
-    <t>Amount of Request</t>
-[...2 lines deleted...]
-    <t>This form is required for human subject payments only, for check payment to the PI. Follow the instructions on Non-PO Uploads (https://procurementservices.rutgers.edu/non-po-upload-request) and upload this completed form to Sharepoint along with all other required documentation for your requisition.</t>
+    <t>GIFT CARD INFORMATION</t>
+  </si>
+  <si>
+    <t>Number of Cards</t>
+  </si>
+  <si>
+    <t>$$ Amount / Card</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Grand Total</t>
   </si>
   <si>
     <t>Project or GL Approver Signature</t>
   </si>
   <si>
     <t>6.23.2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="13"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
@@ -621,109 +637,107 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="53">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -733,156 +747,173 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>68677</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>99060</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>30324</xdr:rowOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>433505</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>91440</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2"/>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
-[...2 lines deleted...]
-        </a:stretch>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="0"/>
-          <a:ext cx="5152381" cy="1247619"/>
+          <a:off x="289657" y="99060"/>
+          <a:ext cx="1926928" cy="571500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>209549</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1428750</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>152399</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5" name="TextBox 4"/>
+        <xdr:cNvPr id="5" name="TextBox 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="4219574"/>
           <a:ext cx="1638300" cy="600075"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
@@ -1152,710 +1183,866 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I59"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A41" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H59" sqref="H59"/>
+    <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K10" sqref="K10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="17" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="17.45"/>
   <cols>
-    <col min="1" max="1" width="3.1796875" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="3.28515625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="22.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="22.28515625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="17.28515625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="4.28515625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="16.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="3.5703125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="18.7109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="4.7109375" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.4">
-[...25 lines deleted...]
-      <c r="A7" s="52" t="s">
+    <row r="1" spans="1:9">
+      <c r="D1" s="3"/>
+      <c r="H1" s="3"/>
+      <c r="I1" s="30"/>
+    </row>
+    <row r="2" spans="1:9">
+      <c r="D2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="31"/>
+    </row>
+    <row r="3" spans="1:9" ht="11.25" customHeight="1">
+      <c r="D3" s="3"/>
+      <c r="H3" s="3"/>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="D4" s="3"/>
+      <c r="H4" s="4"/>
+      <c r="I4" s="30"/>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="D5" s="3"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="31"/>
+    </row>
+    <row r="6" spans="1:9" ht="15.6" customHeight="1"/>
+    <row r="7" spans="1:9" ht="43.9" customHeight="1">
+      <c r="A7" s="50" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="52"/>
-[...43 lines deleted...]
-    <row r="12" spans="1:9" x14ac:dyDescent="0.4">
+      <c r="B7" s="50"/>
+      <c r="C7" s="50"/>
+      <c r="D7" s="50"/>
+      <c r="E7" s="50"/>
+      <c r="F7" s="50"/>
+      <c r="G7" s="50"/>
+      <c r="H7" s="50"/>
+      <c r="I7" s="50"/>
+    </row>
+    <row r="8" spans="1:9" ht="13.5" customHeight="1">
+      <c r="B8" s="52" t="s">
+        <v>1</v>
+      </c>
+      <c r="C8" s="52"/>
+      <c r="D8" s="52"/>
+      <c r="E8" s="52"/>
+      <c r="F8" s="52"/>
+      <c r="G8" s="52"/>
+      <c r="H8" s="52"/>
+      <c r="I8" s="52"/>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="B9" s="52"/>
+      <c r="C9" s="52"/>
+      <c r="D9" s="52"/>
+      <c r="E9" s="52"/>
+      <c r="F9" s="52"/>
+      <c r="G9" s="52"/>
+      <c r="H9" s="52"/>
+      <c r="I9" s="52"/>
+    </row>
+    <row r="10" spans="1:9" ht="19.5" customHeight="1">
+      <c r="B10" s="52"/>
+      <c r="C10" s="52"/>
+      <c r="D10" s="52"/>
+      <c r="E10" s="52"/>
+      <c r="F10" s="52"/>
+      <c r="G10" s="52"/>
+      <c r="H10" s="52"/>
+      <c r="I10" s="52"/>
+    </row>
+    <row r="11" spans="1:9" ht="14.25" customHeight="1"/>
+    <row r="12" spans="1:9">
       <c r="A12" s="1" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="F12" s="1" t="s">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
-    <row r="13" spans="1:9" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="A14" s="38" t="s">
+    <row r="13" spans="1:9" ht="4.9000000000000004" customHeight="1"/>
+    <row r="14" spans="1:9" ht="28.9">
+      <c r="A14" s="36" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" s="36"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="36"/>
+      <c r="E14" s="36"/>
+      <c r="F14" s="36"/>
+      <c r="G14" s="36"/>
+      <c r="H14" s="36"/>
+      <c r="I14" s="36"/>
+    </row>
+    <row r="15" spans="1:9" ht="8.25" customHeight="1"/>
+    <row r="16" spans="1:9">
+      <c r="A16" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="32"/>
+      <c r="D16" s="32"/>
+      <c r="E16" s="32"/>
+      <c r="F16" s="32"/>
+      <c r="G16" s="32"/>
+      <c r="H16" s="32"/>
+      <c r="I16" s="32"/>
+    </row>
+    <row r="17" spans="1:9" ht="6" customHeight="1"/>
+    <row r="18" spans="1:9">
+      <c r="A18" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="B14" s="38"/>
-[...29 lines deleted...]
-      <c r="F18" s="34"/>
+      <c r="C18" s="32"/>
+      <c r="D18" s="32"/>
+      <c r="E18" s="32"/>
+      <c r="F18" s="32"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.4">
+    <row r="19" spans="1:9">
       <c r="C19" s="1" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>2</v>
-[...5 lines deleted...]
-      <c r="E20" s="3"/>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="C20" s="51"/>
+      <c r="D20" s="51"/>
       <c r="F20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.4">
+    <row r="21" spans="1:9">
       <c r="C21" s="1" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>7</v>
-[...61 lines deleted...]
-      <c r="A28" s="38" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="6.75" customHeight="1" thickBot="1"/>
+    <row r="23" spans="1:9" ht="29.45" thickBot="1">
+      <c r="A23" s="33" t="s">
+        <v>12</v>
+      </c>
+      <c r="B23" s="34"/>
+      <c r="C23" s="34"/>
+      <c r="D23" s="34"/>
+      <c r="E23" s="34"/>
+      <c r="F23" s="34"/>
+      <c r="G23" s="34"/>
+      <c r="H23" s="34"/>
+      <c r="I23" s="35"/>
+    </row>
+    <row r="24" spans="1:9" ht="21.75" customHeight="1">
+      <c r="A24" s="41"/>
+      <c r="B24" s="42"/>
+      <c r="C24" s="42"/>
+      <c r="D24" s="42"/>
+      <c r="E24" s="42"/>
+      <c r="F24" s="42"/>
+      <c r="G24" s="42"/>
+      <c r="H24" s="42"/>
+      <c r="I24" s="43"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="44"/>
+      <c r="B25" s="45"/>
+      <c r="C25" s="45"/>
+      <c r="D25" s="45"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="45"/>
+      <c r="G25" s="45"/>
+      <c r="H25" s="45"/>
+      <c r="I25" s="46"/>
+    </row>
+    <row r="26" spans="1:9" ht="18" thickBot="1">
+      <c r="A26" s="47"/>
+      <c r="B26" s="48"/>
+      <c r="C26" s="48"/>
+      <c r="D26" s="48"/>
+      <c r="E26" s="48"/>
+      <c r="F26" s="48"/>
+      <c r="G26" s="48"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="49"/>
+    </row>
+    <row r="27" spans="1:9" ht="6.75" customHeight="1">
+      <c r="A27" s="27"/>
+      <c r="B27" s="27"/>
+      <c r="C27" s="27"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="27"/>
+      <c r="F27" s="27"/>
+      <c r="G27" s="27"/>
+      <c r="H27" s="27"/>
+      <c r="I27" s="27"/>
+    </row>
+    <row r="28" spans="1:9" ht="28.9">
+      <c r="A28" s="36" t="s">
+        <v>13</v>
+      </c>
+      <c r="B28" s="36"/>
+      <c r="C28" s="36"/>
+      <c r="D28" s="36"/>
+      <c r="E28" s="36"/>
+      <c r="F28" s="36"/>
+      <c r="G28" s="36"/>
+      <c r="H28" s="36"/>
+      <c r="I28" s="36"/>
+    </row>
+    <row r="29" spans="1:9" ht="24" customHeight="1" thickBot="1">
+      <c r="A29" s="37" t="s">
+        <v>14</v>
+      </c>
+      <c r="B29" s="37"/>
+      <c r="C29" s="37"/>
+      <c r="D29" s="37"/>
+      <c r="E29" s="37"/>
+      <c r="F29" s="37"/>
+      <c r="G29" s="37"/>
+      <c r="H29" s="37"/>
+      <c r="I29" s="37"/>
+    </row>
+    <row r="30" spans="1:9" ht="21.6" thickBot="1">
+      <c r="A30" s="38" t="s">
+        <v>15</v>
+      </c>
+      <c r="B30" s="39"/>
+      <c r="C30" s="39"/>
+      <c r="D30" s="39"/>
+      <c r="E30" s="39"/>
+      <c r="F30" s="39"/>
+      <c r="G30" s="39"/>
+      <c r="H30" s="39"/>
+      <c r="I30" s="40"/>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="6"/>
+      <c r="B31" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="C31" s="2"/>
+      <c r="E31" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="F31" s="19"/>
+      <c r="G31" s="32"/>
+      <c r="H31" s="32"/>
+      <c r="I31" s="28"/>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="6"/>
+      <c r="B32" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="C32" s="2"/>
+      <c r="E32" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F32" s="19"/>
+      <c r="G32" s="32"/>
+      <c r="H32" s="32"/>
+      <c r="I32" s="28"/>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="6"/>
+      <c r="B33" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="C33" s="2"/>
+      <c r="E33" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="F33" s="19"/>
+      <c r="G33" s="32"/>
+      <c r="H33" s="32"/>
+      <c r="I33" s="28"/>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="6"/>
+      <c r="B34" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="C34" s="2"/>
+      <c r="E34" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="F34" s="19"/>
+      <c r="G34" s="29"/>
+      <c r="H34" s="29"/>
+      <c r="I34" s="28"/>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="6"/>
+      <c r="B35" s="19"/>
+      <c r="E35" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F35" s="19"/>
+      <c r="G35" s="29"/>
+      <c r="H35" s="29"/>
+      <c r="I35" s="28"/>
+    </row>
+    <row r="36" spans="1:9" ht="4.5" customHeight="1" thickBot="1">
+      <c r="A36" s="8"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="9"/>
+      <c r="D36" s="9"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="9"/>
+      <c r="G36" s="9"/>
+      <c r="H36" s="9"/>
+      <c r="I36" s="10"/>
+    </row>
+    <row r="37" spans="1:9" ht="3" customHeight="1" thickBot="1"/>
+    <row r="38" spans="1:9" ht="21.6" thickBot="1">
+      <c r="A38" s="38" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="38"/>
-[...9 lines deleted...]
-      <c r="A29" s="39" t="s">
+      <c r="B38" s="39"/>
+      <c r="C38" s="39"/>
+      <c r="D38" s="39"/>
+      <c r="E38" s="39"/>
+      <c r="F38" s="39"/>
+      <c r="G38" s="39"/>
+      <c r="H38" s="39"/>
+      <c r="I38" s="40"/>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="6"/>
+      <c r="B39" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="39"/>
-[...9 lines deleted...]
-      <c r="A30" s="40" t="s">
+      <c r="C39" s="2"/>
+      <c r="E39" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F39" s="19"/>
+      <c r="G39" s="32"/>
+      <c r="H39" s="32"/>
+      <c r="I39" s="28"/>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="6"/>
+      <c r="B40" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="C40" s="2"/>
+      <c r="E40" s="19" t="s">
         <v>21</v>
       </c>
-      <c r="B30" s="41"/>
-[...30 lines deleted...]
-      <c r="E32" s="20" t="s">
+      <c r="F40" s="19"/>
+      <c r="G40" s="32"/>
+      <c r="H40" s="32"/>
+      <c r="I40" s="28"/>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="6"/>
+      <c r="B41" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="E41" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="F32" s="20"/>
-[...89 lines deleted...]
-      <c r="B40" s="20" t="s">
+      <c r="F41" s="19"/>
+      <c r="G41" s="32"/>
+      <c r="H41" s="32"/>
+      <c r="I41" s="28"/>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="6"/>
+      <c r="B42" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="2"/>
+      <c r="E42" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="F42" s="19"/>
+      <c r="G42" s="32"/>
+      <c r="H42" s="32"/>
+      <c r="I42" s="28"/>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="6"/>
+      <c r="B43" s="19"/>
+      <c r="E43" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="19"/>
+      <c r="G43" s="32"/>
+      <c r="H43" s="32"/>
+      <c r="I43" s="28"/>
+    </row>
+    <row r="44" spans="1:9" ht="4.1500000000000004" customHeight="1" thickBot="1">
+      <c r="A44" s="8"/>
+      <c r="B44" s="9"/>
+      <c r="C44" s="9"/>
+      <c r="D44" s="9"/>
+      <c r="E44" s="9"/>
+      <c r="F44" s="9"/>
+      <c r="G44" s="9"/>
+      <c r="H44" s="9"/>
+      <c r="I44" s="10"/>
+    </row>
+    <row r="45" spans="1:9" ht="2.65" customHeight="1" thickBot="1">
+      <c r="A45" s="27"/>
+      <c r="B45" s="27"/>
+      <c r="C45" s="27"/>
+      <c r="D45" s="27"/>
+      <c r="E45" s="27"/>
+      <c r="F45" s="27"/>
+      <c r="G45" s="27"/>
+      <c r="H45" s="27"/>
+      <c r="I45" s="27"/>
+    </row>
+    <row r="46" spans="1:9" ht="29.45" thickBot="1">
+      <c r="A46" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="C40" s="2"/>
-[...11 lines deleted...]
-      <c r="B41" s="20" t="s">
+      <c r="B46" s="34"/>
+      <c r="C46" s="34"/>
+      <c r="D46" s="34"/>
+      <c r="E46" s="34"/>
+      <c r="F46" s="34"/>
+      <c r="G46" s="34"/>
+      <c r="H46" s="34"/>
+      <c r="I46" s="35"/>
+    </row>
+    <row r="47" spans="1:9" ht="6" customHeight="1" thickBot="1">
+      <c r="A47" s="6"/>
+      <c r="B47" s="5"/>
+      <c r="C47" s="5"/>
+      <c r="D47" s="5"/>
+      <c r="I47" s="7"/>
+    </row>
+    <row r="48" spans="1:9" ht="17.25" customHeight="1" thickBot="1">
+      <c r="A48" s="6"/>
+      <c r="B48" s="11" t="s">
         <v>31</v>
       </c>
-      <c r="C41" s="3"/>
-[...1 lines deleted...]
-      <c r="E41" s="20" t="s">
+      <c r="C48" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="F41" s="20"/>
-[...99 lines deleted...]
-      <c r="D49" s="21">
+      <c r="D48" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="I48" s="7"/>
+    </row>
+    <row r="49" spans="1:9" ht="17.25" customHeight="1">
+      <c r="A49" s="6"/>
+      <c r="B49" s="14"/>
+      <c r="C49" s="24"/>
+      <c r="D49" s="20">
         <f>C49*B49</f>
         <v>0</v>
       </c>
-      <c r="E49" s="3"/>
-[...9 lines deleted...]
-      <c r="D50" s="22">
+      <c r="I49" s="7"/>
+    </row>
+    <row r="50" spans="1:9" ht="17.25" customHeight="1">
+      <c r="A50" s="6"/>
+      <c r="B50" s="15"/>
+      <c r="C50" s="25"/>
+      <c r="D50" s="21">
         <f t="shared" ref="D50:D53" si="0">C50*B50</f>
         <v>0</v>
       </c>
-      <c r="E50" s="3"/>
-[...9 lines deleted...]
-      <c r="D51" s="22">
+      <c r="I50" s="7"/>
+    </row>
+    <row r="51" spans="1:9" ht="17.25" customHeight="1">
+      <c r="A51" s="6"/>
+      <c r="B51" s="15"/>
+      <c r="C51" s="25"/>
+      <c r="D51" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E51" s="3"/>
-[...9 lines deleted...]
-      <c r="D52" s="22">
+      <c r="I51" s="7"/>
+    </row>
+    <row r="52" spans="1:9" ht="17.25" customHeight="1">
+      <c r="A52" s="6"/>
+      <c r="B52" s="15"/>
+      <c r="C52" s="25"/>
+      <c r="D52" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E52" s="3"/>
-[...9 lines deleted...]
-      <c r="D53" s="23">
+      <c r="I52" s="7"/>
+    </row>
+    <row r="53" spans="1:9" ht="17.25" customHeight="1" thickBot="1">
+      <c r="A53" s="6"/>
+      <c r="B53" s="16"/>
+      <c r="C53" s="26"/>
+      <c r="D53" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E53" s="3"/>
-[...11 lines deleted...]
-      <c r="D54" s="24">
+      <c r="I53" s="7"/>
+    </row>
+    <row r="54" spans="1:9" ht="17.25" customHeight="1" thickBot="1">
+      <c r="A54" s="6"/>
+      <c r="B54" s="17"/>
+      <c r="C54" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="D54" s="23">
         <f>SUM(D49:D53)</f>
         <v>0</v>
       </c>
-      <c r="E54" s="3"/>
-[...18 lines deleted...]
-      <c r="A57" s="25" t="s">
+      <c r="I54" s="7"/>
+    </row>
+    <row r="55" spans="1:9" ht="5.25" customHeight="1" thickBot="1">
+      <c r="A55" s="8"/>
+      <c r="B55" s="9"/>
+      <c r="C55" s="9"/>
+      <c r="D55" s="9"/>
+      <c r="E55" s="9"/>
+      <c r="F55" s="9"/>
+      <c r="G55" s="9"/>
+      <c r="H55" s="9"/>
+      <c r="I55" s="10"/>
+    </row>
+    <row r="56" spans="1:9" ht="7.5" customHeight="1"/>
+    <row r="57" spans="1:9" ht="16.149999999999999" customHeight="1">
+      <c r="A57" s="19" t="s">
         <v>35</v>
       </c>
       <c r="C57" s="2"/>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
     </row>
-    <row r="58" spans="1:9" ht="10.5" customHeight="1" x14ac:dyDescent="0.4"/>
-    <row r="59" spans="1:9" x14ac:dyDescent="0.4">
+    <row r="58" spans="1:9" ht="10.5" customHeight="1"/>
+    <row r="59" spans="1:9">
       <c r="H59" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A24:I26"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="C16:I16"/>
     <mergeCell ref="C18:F18"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="B8:I10"/>
     <mergeCell ref="G43:H43"/>
     <mergeCell ref="A46:I46"/>
     <mergeCell ref="A28:I28"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A30:I30"/>
     <mergeCell ref="G31:H31"/>
     <mergeCell ref="G32:H32"/>
     <mergeCell ref="G33:H33"/>
     <mergeCell ref="A38:I38"/>
     <mergeCell ref="G39:H39"/>
     <mergeCell ref="G40:H40"/>
     <mergeCell ref="G41:H41"/>
     <mergeCell ref="G42:H42"/>
   </mergeCells>
   <pageMargins left="0.9" right="0.9" top="0.75" bottom="0.4" header="0.3" footer="0.3"/>
   <pageSetup scale="75" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Purpose xmlns="ac2cf568-b6bb-4476-a2c1-7da2cbc0e1a4" xsi:nil="true"/>
+    <Status xmlns="ac2cf568-b6bb-4476-a2c1-7da2cbc0e1a4">Active</Status>
+    <Owner xmlns="ac2cf568-b6bb-4476-a2c1-7da2cbc0e1a4" xsi:nil="true"/>
+    <Editor0 xmlns="ac2cf568-b6bb-4476-a2c1-7da2cbc0e1a4" xsi:nil="true"/>
+    <Posted xmlns="ac2cf568-b6bb-4476-a2c1-7da2cbc0e1a4">UPS Website</Posted>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004FED30BF84ECDE479E81F7C210740880" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4b5ce8cb48d60fab81c8fa8eceb5a773">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac2cf568-b6bb-4476-a2c1-7da2cbc0e1a4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="531428abfb462a1dc992e8372e6f8c83" ns2:_="">
+    <xsd:import namespace="ac2cf568-b6bb-4476-a2c1-7da2cbc0e1a4"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:Purpose" minOccurs="0"/>
+                <xsd:element ref="ns2:Status" minOccurs="0"/>
+                <xsd:element ref="ns2:Owner" minOccurs="0"/>
+                <xsd:element ref="ns2:Editor0" minOccurs="0"/>
+                <xsd:element ref="ns2:Posted" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ac2cf568-b6bb-4476-a2c1-7da2cbc0e1a4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Purpose" ma:index="8" nillable="true" ma:displayName="Purpose" ma:format="Dropdown" ma:internalName="Purpose">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Status" ma:index="9" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Active"/>
+          <xsd:enumeration value="Inactive"/>
+          <xsd:enumeration value="Draft"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Owner" ma:index="10" nillable="true" ma:displayName="Owner" ma:format="Dropdown" ma:internalName="Owner">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Editor0" ma:index="11" nillable="true" ma:displayName="Editor" ma:format="Dropdown" ma:internalName="Editor0">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Posted" ma:index="12" nillable="true" ma:displayName="Posted" ma:format="Dropdown" ma:internalName="Posted">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="UPS Website"/>
+          <xsd:enumeration value="Internal"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D1558A6-D3B7-434C-BF4E-2A50E009A9FC}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63CF0B5E-405F-4D09-BB7B-4A9DCFB5F9E9}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E29C1A3C-EC4B-4B0E-A6A3-EE9DF9CE14FD}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
   <Company>Rutgers</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-[...1 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Veronica Rakhman-Suraci</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101004FED30BF84ECDE479E81F7C210740880</vt:lpwstr>
+  </property>
+</Properties>
+</file>